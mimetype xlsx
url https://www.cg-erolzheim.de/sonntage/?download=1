--- v0 (2025-10-28)
+++ v1 (2025-12-14)
@@ -12,203 +12,234 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sonntage" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Form</t>
   </si>
   <si>
     <t>Leitung</t>
   </si>
   <si>
     <t>Predigt</t>
   </si>
   <si>
     <t>Technik</t>
   </si>
   <si>
     <t>Info</t>
   </si>
   <si>
     <t>Bemerkung</t>
   </si>
   <si>
-    <t>19. 10. 2025</t>
+    <t>07. 12. 2025</t>
+  </si>
+  <si>
+    <t>Präsenz</t>
+  </si>
+  <si>
+    <t>Roland U.</t>
+  </si>
+  <si>
+    <t>Johannes S.</t>
+  </si>
+  <si>
+    <t>Mario F.</t>
+  </si>
+  <si>
+    <t>13.12: Gebet für verfolgte Christen (Weltgebetstag) um 16:30 Uhr in der Gemeinde</t>
+  </si>
+  <si>
+    <t>14. 12. 2025</t>
   </si>
   <si>
     <t>Stream</t>
   </si>
   <si>
-    <t>Roland U.</t>
-[...2 lines deleted...]
-    <t>Friedemann G.</t>
+    <t>Alex R.</t>
+  </si>
+  <si>
+    <t>Erwin K. (Predigtreihe)</t>
+  </si>
+  <si>
+    <t>Missionsgebet</t>
+  </si>
+  <si>
+    <t>21. 12. 2025</t>
   </si>
   <si>
     <t>Emanuel B.</t>
   </si>
   <si>
-    <t>Missionsgebet</t>
-[...12 lines deleted...]
-    <t>Alex R.</t>
+    <t>Tim U.</t>
+  </si>
+  <si>
+    <t>24. 12. 2025</t>
+  </si>
+  <si>
+    <t>Rainer P.</t>
   </si>
   <si>
     <t>Alex Q.</t>
   </si>
   <si>
-    <t>30.10.: Themenabend um 19:30Uhr im Gemeindehaus
-[...9 lines deleted...]
-    <t>Erwin K. (Predigtreihe)</t>
+    <t>Weihnachtsgottesdienst</t>
+  </si>
+  <si>
+    <t>28. 12. 2025</t>
+  </si>
+  <si>
+    <t>Jochen S.</t>
+  </si>
+  <si>
+    <t>01</t>
+  </si>
+  <si>
+    <t>04. 01. 2026</t>
+  </si>
+  <si>
+    <t>xxxx (Jahreslosung: Off. 21,5)</t>
+  </si>
+  <si>
+    <t>Gottesdienst mit Rückblick und Vorschau</t>
+  </si>
+  <si>
+    <t>06.01.: R.Liebi, Stadthalle MM
+08.01.: Gemeindeversammlung 19:30Uhr Gemeindehaus</t>
+  </si>
+  <si>
+    <t>02</t>
+  </si>
+  <si>
+    <t>11. 01. 2026</t>
+  </si>
+  <si>
+    <t>Sven R.</t>
+  </si>
+  <si>
+    <t>17.01.: Kurs &amp;quot;Fest gegründet&amp;quot;, CG Kempten</t>
+  </si>
+  <si>
+    <t>03</t>
+  </si>
+  <si>
+    <t>18. 01. 2026</t>
+  </si>
+  <si>
+    <t>Kim S.</t>
+  </si>
+  <si>
+    <t>24.01.: 19:30Uhr: Evangelisationsveranstaltung R.Junker: &amp;quot;Schöpfung oder Evolution - ein klarer Fall?&amp;quot;</t>
+  </si>
+  <si>
+    <t>04</t>
+  </si>
+  <si>
+    <t>25. 01. 2026</t>
+  </si>
+  <si>
+    <t>Reinhard J.</t>
+  </si>
+  <si>
+    <t>27.01.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+30.01.-01.02.: Junge Männer Wochenende in Acla
+31.01.: AKJS - upgrade Seminar im Gemeindehaus</t>
+  </si>
+  <si>
+    <t>05</t>
+  </si>
+  <si>
+    <t>01. 02. 2026</t>
   </si>
   <si>
     <t>Hans B.</t>
   </si>
   <si>
-    <t>07.-09.11. BR-Klausur in ACLA</t>
-[...75 lines deleted...]
-    <t>Jahresabschluss-Gottesdienst mit Rückblick</t>
+    <t>03.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+06.02.: Ki-Vortrag Jugend (Referenten: Friedemann G. &amp;amp; Kim S.)
+07.02.: Allgäuer Männertag in Rot an der Rot</t>
+  </si>
+  <si>
+    <t>06</t>
+  </si>
+  <si>
+    <t>08. 02. 2026</t>
+  </si>
+  <si>
+    <t>10.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+13.-16.02.: WiLa Jungschar
+14.02.: 09:30Uhr; KI-Vortrag für die Gemeinde im Gemeindehaus (Referenten: Friedemann G. &amp;amp; Kim S.)</t>
+  </si>
+  <si>
+    <t>07</t>
+  </si>
+  <si>
+    <t>15. 02. 2026</t>
+  </si>
+  <si>
+    <t>13.-16.02.: WiLa Jungschar
+17.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+21.02.: Kurs &amp;quot;Fest gegründet&amp;quot;, CG Kempten</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>22. 02. 2026</t>
+  </si>
+  <si>
+    <t>24.02.: 19:30Uhr, EBS-Kurs mit Erwin K., aufbauend auf Evangelisationsveranstaltung
+28.02.: Männerabend</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -566,377 +597,393 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A9" sqref="A9:H9"/>
+      <selection activeCell="A11" sqref="A11:H11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="75" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="133" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="2">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="2" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>12</v>
       </c>
-      <c r="G2" s="2" t="s">
+      <c r="G2" s="2"/>
+      <c r="H2" s="3" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="2">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B3" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="C3" s="2" t="s">
         <v>15</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="D3" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E3" s="2" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="2" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="H3" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" s="3"/>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" s="2">
+        <v>51</v>
+      </c>
+      <c r="B4" s="2" t="s">
         <v>19</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" s="4" t="s">
+      <c r="C4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D4" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C4" s="4" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="4" t="s">
+      <c r="E4" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="E4" s="4" t="s">
-[...8 lines deleted...]
-      </c>
+      <c r="F4" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" s="2"/>
+      <c r="H4" s="3"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="2">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" s="2" t="s">
         <v>25</v>
       </c>
-      <c r="C5" s="2" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H5" s="3"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="2">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="B6" s="2" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="2" t="s">
-        <v>30</v>
+        <v>11</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="G6" s="2"/>
       <c r="H6" s="3"/>
     </row>
     <row r="7" spans="1:8">
-      <c r="A7" s="2">
-[...2 lines deleted...]
-      <c r="B7" s="2" t="s">
+      <c r="A7" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C7" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E7" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>32</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...2 lines deleted...]
-      <c r="D7" s="2" t="s">
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="E7" s="2" t="s">
+      <c r="B8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="F7" s="2" t="s">
-[...3 lines deleted...]
-      <c r="H7" s="3" t="s">
+      <c r="C8" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="2" t="s">
         <v>35</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" s="2" t="s">
+      <c r="E8" s="2"/>
+      <c r="F8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="H8" s="3" t="s">
         <v>36</v>
       </c>
-      <c r="C8" s="2" t="s">
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>9</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...11 lines deleted...]
-      <c r="H8" s="3" t="s">
+      <c r="D9" s="2" t="s">
         <v>39</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B9" s="4" t="s">
+      <c r="E9" s="2"/>
+      <c r="F9" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" s="2"/>
+      <c r="H9" s="3" t="s">
         <v>40</v>
       </c>
-      <c r="C9" s="4" t="s">
-[...8 lines deleted...]
-      <c r="F9" s="4" t="s">
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="2" t="s">
         <v>41</v>
-      </c>
-[...5 lines deleted...]
-        <v>50</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C10" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="2"/>
+      <c r="E10" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" s="2"/>
+      <c r="H10" s="3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>9</v>
       </c>
-      <c r="D10" s="2" t="s">
-[...20 lines deleted...]
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="4" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...9 lines deleted...]
-      <c r="H11" s="3"/>
+      <c r="E11" s="4"/>
+      <c r="F11" s="4" t="s">
+        <v>47</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="12" spans="1:8">
-      <c r="A12" s="2">
-        <v>52</v>
+      <c r="A12" s="2" t="s">
+        <v>49</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D12" s="2"/>
+        <v>15</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>10</v>
+      </c>
       <c r="E12" s="2"/>
       <c r="F12" s="2" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-      <c r="H12" s="3"/>
+        <v>47</v>
+      </c>
+      <c r="G12" s="2"/>
+      <c r="H12" s="3" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="13" spans="1:8">
-      <c r="A13" s="2">
+      <c r="A13" s="2" t="s">
         <v>52</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C13" s="2" t="s">
-[...8 lines deleted...]
-      </c>
       <c r="G13" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="H13" s="3"/>
+        <v>18</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B14" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G14" s="2"/>
+      <c r="H14" s="3" t="s">
+        <v>57</v>
+      </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">