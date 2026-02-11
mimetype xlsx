--- v1 (2025-12-14)
+++ v2 (2026-02-11)
@@ -12,234 +12,305 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sonntage" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Datum</t>
   </si>
   <si>
     <t>Form</t>
   </si>
   <si>
     <t>Leitung</t>
   </si>
   <si>
     <t>Predigt</t>
   </si>
   <si>
     <t>Technik</t>
   </si>
   <si>
     <t>Info</t>
   </si>
   <si>
     <t>Bemerkung</t>
   </si>
   <si>
-    <t>07. 12. 2025</t>
-[...17 lines deleted...]
-    <t>14. 12. 2025</t>
+    <t>06</t>
+  </si>
+  <si>
+    <t>08. 02. 2026</t>
   </si>
   <si>
     <t>Stream</t>
   </si>
   <si>
-    <t>Alex R.</t>
-[...92 lines deleted...]
-    <t>01. 02. 2026</t>
+    <t>Peter S.</t>
+  </si>
+  <si>
+    <t>Dominik F.</t>
   </si>
   <si>
     <t>Hans B.</t>
   </si>
   <si>
-    <t>03.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
-[...10 lines deleted...]
-    <t>10.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+    <t>10.02.: 19:30Uhr, Vortragsabend Erwin K. 
 13.-16.02.: WiLa Jungschar
 14.02.: 09:30Uhr; KI-Vortrag für die Gemeinde im Gemeindehaus (Referenten: Friedemann G. &amp;amp; Kim S.)</t>
   </si>
   <si>
     <t>07</t>
   </si>
   <si>
     <t>15. 02. 2026</t>
   </si>
   <si>
+    <t>Präsenz</t>
+  </si>
+  <si>
+    <t>Rainer P.</t>
+  </si>
+  <si>
+    <t>Hubert M.</t>
+  </si>
+  <si>
+    <t>Missionsgebet</t>
+  </si>
+  <si>
     <t>13.-16.02.: WiLa Jungschar
-17.02.: 19:30Uhr, Vortragsabend Erwin K. aufbauend auf Evangelisationsveranstaltung
+17.02.: 19:30Uhr, Vortragsabend Erwin K.
+19.02.: 19:30Uhr, Bibelseminar &amp;quot;In der Welt, aber nicht von der Welt&amp;quot;
 21.02.: Kurs &amp;quot;Fest gegründet&amp;quot;, CG Kempten</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>22. 02. 2026</t>
   </si>
   <si>
-    <t>24.02.: 19:30Uhr, EBS-Kurs mit Erwin K., aufbauend auf Evangelisationsveranstaltung
+    <t>Johannes S.</t>
+  </si>
+  <si>
+    <t>Abendmahl im Gottesdienst</t>
+  </si>
+  <si>
+    <t>24.02.: 19:30Uhr, EBS-Kurs mit Erwin K.
+26.02.: 19:30Uhr Bibelarbeit AT
+28.02.: Bibelseminar (Wiederholung und Fragen zum Thema Heilssicherheit)
 28.02.: Männerabend</t>
+  </si>
+  <si>
+    <t>09</t>
+  </si>
+  <si>
+    <t>01. 03. 2026</t>
+  </si>
+  <si>
+    <t>Nico V.</t>
+  </si>
+  <si>
+    <t>Majo</t>
+  </si>
+  <si>
+    <t>24.02. EBS Erwin K.; 
+01.03. Gemeindeessen
+05.03.: 19:30Uhr Bibelarbeit NT</t>
+  </si>
+  <si>
+    <t>08. 03. 2026</t>
+  </si>
+  <si>
+    <t>Alex Q.</t>
+  </si>
+  <si>
+    <t>Erwin Keck (Predigtreihe)</t>
+  </si>
+  <si>
+    <t>Vortrags-Wochenende mit Themen: 
+Freitag 20:00Uhr  Thema: „Medien nutzen, ohne benutzt zu werden“ -&amp;gt; Jugend und Gemeinde
+Samstag 09:30Uhr Thema: „Ich will was Gott will“ -&amp;gt; Gemeinde 
+Samstag 19:30Uhr Thema: „Keine Wissenschaft ohne Glauben“ -&amp;gt; Öffentlicher Vortrag mit Einladung an Freunde, Externe 
+14.03.: &amp;quot;Fest gegründet&amp;quot;, CG Kempten</t>
+  </si>
+  <si>
+    <t>15. 03. 2026</t>
+  </si>
+  <si>
+    <t>Chris M.</t>
+  </si>
+  <si>
+    <t>M.Kotsch (Thema: Jona 1&amp;amp;2)</t>
+  </si>
+  <si>
+    <t>21.03.: 09:30 Uhr Bibelseminar (Wiederholung Thema: &amp;quot;In der Welt aber nicht von der Welt&amp;quot;)</t>
+  </si>
+  <si>
+    <t>22. 03. 2026</t>
+  </si>
+  <si>
+    <t>Kim S.</t>
+  </si>
+  <si>
+    <t>Peter I.</t>
+  </si>
+  <si>
+    <t>26.03.: 19:30Uhr Bibelseminar (Abschluss)</t>
+  </si>
+  <si>
+    <t>29. 03. 2026</t>
+  </si>
+  <si>
+    <t>n/a</t>
+  </si>
+  <si>
+    <t>Hauskreis-Gottesdienste</t>
+  </si>
+  <si>
+    <t>Kein Gemeinde-Gottesdienst im Gemeindehaus</t>
+  </si>
+  <si>
+    <t>28.03.-12.04. Osterferien</t>
+  </si>
+  <si>
+    <t>05. 04. 2026</t>
+  </si>
+  <si>
+    <t>Oster-Gottesdienst</t>
+  </si>
+  <si>
+    <t>12. 04. 2026</t>
+  </si>
+  <si>
+    <t>Sven R.</t>
+  </si>
+  <si>
+    <t>19. 04. 2026</t>
+  </si>
+  <si>
+    <t>Roland U.</t>
+  </si>
+  <si>
+    <t>H.Becker (BC Brekerfeld)</t>
+  </si>
+  <si>
+    <t>18.04.: Männerabend &amp;amp; Allgäuer Frauentag &amp;amp; Treffen Gottesdienstleiter
+25.04. &amp;quot;Fest gegründet&amp;quot;, CG Kempten</t>
+  </si>
+  <si>
+    <t>26. 04. 2026</t>
+  </si>
+  <si>
+    <t>Abendmahl im Gottesdienst &amp;amp; Missionsgebet; Im Anschluss: Gemeindeessen</t>
+  </si>
+  <si>
+    <t>26.04. Gemeindeessen</t>
+  </si>
+  <si>
+    <t>24. 05. 2026</t>
+  </si>
+  <si>
+    <t>23.05.-07.06. Pfingstferien</t>
+  </si>
+  <si>
+    <t>31. 05. 2026</t>
+  </si>
+  <si>
+    <t>21. 06. 2026</t>
+  </si>
+  <si>
+    <t>kein Gottesdienst wegen Gemeindefreizeit</t>
+  </si>
+  <si>
+    <t>19.05.-21.06.2026: Gemeindefreizeit Wieshof</t>
+  </si>
+  <si>
+    <t>28. 06. 2026</t>
+  </si>
+  <si>
+    <t>Stream-Präsenz</t>
+  </si>
+  <si>
+    <t>27. 09. 2026</t>
+  </si>
+  <si>
+    <t>04. 10. 2026</t>
+  </si>
+  <si>
+    <t>Erntedank-Gottesdienst</t>
+  </si>
+  <si>
+    <t>04.10. Gemeindeessen</t>
+  </si>
+  <si>
+    <t>15. 11. 2026</t>
+  </si>
+  <si>
+    <t>19.-22.11: Vortragsreihe Ehe W.Plock
+19.11.:19.30h
+Bausteine einer glücklichen Beziehung (1)
+20.11: 19.30h
+Kommunikation in Beziehungen (2)
+21.11.: 17.00h
+Konfliktbewältigung in Beziehungen (3)
+21.11.: 19.30h
+Intimität in der Ehe (4)</t>
+  </si>
+  <si>
+    <t>22. 11. 2026</t>
+  </si>
+  <si>
+    <t>W.Plock</t>
+  </si>
+  <si>
+    <t>10.00h
+Glückliche Familie – nur noch im Film? (5)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -597,392 +668,524 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A11" sqref="A11:H11"/>
+      <selection activeCell="A20" sqref="A20:H20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="6" customWidth="true" style="0"/>
     <col min="2" max="2" width="12" customWidth="true" style="0"/>
     <col min="3" max="3" width="16" customWidth="true" style="0"/>
     <col min="4" max="4" width="14" customWidth="true" style="0"/>
     <col min="5" max="5" width="14" customWidth="true" style="0"/>
     <col min="6" max="6" width="10" customWidth="true" style="0"/>
     <col min="7" max="7" width="14" customWidth="true" style="0"/>
-    <col min="8" max="8" width="133" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="141" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
-      <c r="A2" s="2">
-        <v>49</v>
+      <c r="A2" s="2" t="s">
+        <v>8</v>
       </c>
       <c r="B2" s="2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D2" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" s="2"/>
       <c r="H2" s="3" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8">
+      <c r="A3" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>13</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E3" s="2" t="s">
+      <c r="G3" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8">
+      <c r="A4" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="2" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="D4" s="2" t="s">
-        <v>20</v>
-[...3 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="E4" s="2"/>
       <c r="F4" s="2" t="s">
-        <v>12</v>
-[...2 lines deleted...]
-      <c r="H4" s="3"/>
+        <v>13</v>
+      </c>
+      <c r="G4" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" s="3" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="5" spans="1:8">
-      <c r="A5" s="2">
-[...20 lines deleted...]
-      <c r="H5" s="3"/>
+      <c r="A5" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="B5" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="4"/>
+      <c r="E5" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="G5" s="4"/>
+      <c r="H5" s="5" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="2">
+        <v>10</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E6" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G6" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" s="2">
+        <v>11</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F7" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G7" s="2"/>
+      <c r="H7" s="3" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" s="2">
+        <v>12</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" s="2">
+        <v>13</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C9" s="2"/>
+      <c r="D9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F9" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="4">
+        <v>14</v>
+      </c>
+      <c r="B10" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="C10" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E10" s="4"/>
+      <c r="F10" s="4"/>
+      <c r="G10" s="4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" s="2">
+        <v>15</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D11" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="B6" s="2" t="s">
-[...33 lines deleted...]
-      <c r="F7" s="4" t="s">
+      <c r="E11" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F11" s="2"/>
+      <c r="G11" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="G7" s="4" t="s">
-[...84 lines deleted...]
-      <c r="D11" s="4" t="s">
+      <c r="H11" s="3" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" s="2">
         <v>16</v>
       </c>
-      <c r="E11" s="4"/>
-[...13 lines deleted...]
-      </c>
       <c r="B12" s="2" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D12" s="2" t="s">
-        <v>10</v>
-[...4 lines deleted...]
-      </c>
+        <v>54</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="F12" s="2"/>
       <c r="G12" s="2"/>
       <c r="H12" s="3" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
     </row>
     <row r="13" spans="1:8">
-      <c r="A13" s="2" t="s">
-        <v>52</v>
+      <c r="A13" s="2">
+        <v>17</v>
       </c>
       <c r="B13" s="2" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D13" s="2" t="s">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="E13" s="2"/>
-      <c r="F13" s="2" t="s">
+      <c r="F13" s="2"/>
+      <c r="G13" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" s="4">
+        <v>21</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="4"/>
+      <c r="E14" s="4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F14" s="4"/>
+      <c r="G14" s="4"/>
+      <c r="H14" s="5" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" s="2">
+        <v>22</v>
+      </c>
+      <c r="B15" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C15" s="2"/>
+      <c r="D15" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F15" s="2"/>
+      <c r="G15" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="G13" s="2" t="s">
-[...18 lines deleted...]
-      <c r="F14" s="2" t="s">
+      <c r="H15" s="3" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" s="4">
+        <v>25</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>63</v>
+      </c>
+      <c r="C16" s="4"/>
+      <c r="D16" s="4" t="s">
+        <v>64</v>
+      </c>
+      <c r="E16" s="4"/>
+      <c r="F16" s="4"/>
+      <c r="G16" s="4"/>
+      <c r="H16" s="5" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" s="2">
+        <v>26</v>
+      </c>
+      <c r="B17" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C17" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D17" s="2"/>
+      <c r="E17" s="2"/>
+      <c r="F17" s="2"/>
+      <c r="G17" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="H17" s="3"/>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" s="4">
+        <v>39</v>
+      </c>
+      <c r="B18" s="4" t="s">
+        <v>68</v>
+      </c>
+      <c r="C18" s="4"/>
+      <c r="D18" s="4"/>
+      <c r="E18" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F18" s="4"/>
+      <c r="G18" s="4"/>
+      <c r="H18" s="5"/>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" s="4">
+        <v>40</v>
+      </c>
+      <c r="B19" s="4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C19" s="4"/>
+      <c r="D19" s="4"/>
+      <c r="E19" s="4"/>
+      <c r="F19" s="4"/>
+      <c r="G19" s="4" t="s">
+        <v>70</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" s="4">
+        <v>46</v>
+      </c>
+      <c r="B20" s="4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C20" s="4"/>
+      <c r="D20" s="4"/>
+      <c r="E20" s="4"/>
+      <c r="F20" s="4"/>
+      <c r="G20" s="4"/>
+      <c r="H20" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" s="2">
         <v>47</v>
       </c>
-      <c r="G14" s="2"/>
-[...1 lines deleted...]
-        <v>57</v>
+      <c r="B21" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" s="2"/>
+      <c r="D21" s="2"/>
+      <c r="E21" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" s="2"/>
+      <c r="G21" s="2"/>
+      <c r="H21" s="3" t="s">
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>